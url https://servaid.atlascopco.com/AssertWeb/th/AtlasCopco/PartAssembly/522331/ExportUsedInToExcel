--- v0 (2025-12-16)
+++ v1 (2025-12-19)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="109" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="112">
   <si>
     <t>Product No.</t>
   </si>
   <si>
     <t>ชื่อผลิตภัณฑ์</t>
   </si>
   <si>
     <t>เส้นทาง</t>
   </si>
   <si>
     <t>8434420510</t>
   </si>
   <si>
     <t>ICB-C21-05-06H-SZ4</t>
   </si>
   <si>
     <t>Maintenance Kits/4082026724 Wear part kit - Gear</t>
   </si>
   <si>
     <t>8434420522</t>
   </si>
   <si>
     <t>8434420523</t>
   </si>
   <si>
@@ -316,50 +316,59 @@
     <t>ICB-A21-07-I06-L-Z</t>
   </si>
   <si>
     <t>8436002908</t>
   </si>
   <si>
     <t>ICB-A21-07-I06-HMI-L-Z</t>
   </si>
   <si>
     <t>8436002220</t>
   </si>
   <si>
     <t>ICB-A21-20-10-L</t>
   </si>
   <si>
     <t>8436002707</t>
   </si>
   <si>
     <t>ICB-A21-07-I06-H</t>
   </si>
   <si>
     <t>8434420924</t>
   </si>
   <si>
     <t>8434420926</t>
+  </si>
+  <si>
+    <t>8434421163</t>
+  </si>
+  <si>
+    <t>ICB-C21-05-08H-SO4</t>
+  </si>
+  <si>
+    <t>8434421165</t>
   </si>
   <si>
     <t>Maintenance Kits/4082026619 Maintenance kit</t>
   </si>
   <si>
     <t>Maintenance Kits/4081058198 Maintenance kit</t>
   </si>
   <si>
     <t>Maintenance Kits/4081058199 Maintenance kit</t>
   </si>
   <si>
     <t>Maintenance Kits/4081058200 Maintenance kit</t>
   </si>
   <si>
     <t>Maintenance Kits/4081058201 Maintenance kit</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
@@ -379,51 +388,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C162"/>
+  <dimension ref="A1:C164"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.3492660522461" customWidth="1"/>
     <col min="2" max="2" width="24.2567234039307" customWidth="1"/>
     <col min="3" max="3" width="46.390739440918" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
@@ -1591,610 +1600,632 @@
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B108" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
         <v>103</v>
       </c>
       <c r="B109" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>12</v>
+        <v>104</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>104</v>
+        <v>5</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>14</v>
+        <v>106</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>104</v>
+        <v>5</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B112" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B113" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>65</v>
+        <v>35</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>67</v>
+        <v>57</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>84</v>
+        <v>64</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>85</v>
+        <v>65</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>86</v>
+        <v>66</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>87</v>
+        <v>67</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>44</v>
+        <v>92</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>45</v>
+        <v>93</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>46</v>
+        <v>100</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>47</v>
+        <v>101</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>3</v>
+        <v>56</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>4</v>
+        <v>57</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>6</v>
+        <v>58</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>4</v>
+        <v>59</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="B145" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>68</v>
+        <v>10</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>69</v>
+        <v>4</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>71</v>
+        <v>4</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>36</v>
+        <v>80</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>37</v>
+        <v>81</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>38</v>
+        <v>82</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>39</v>
+        <v>83</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>94</v>
+        <v>60</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>95</v>
+        <v>61</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="B162" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="C162" s="0" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="B163" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="C163" s="0" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="B162" s="0" t="s">
+      <c r="B164" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="C162" s="0" t="s">
-        <v>108</v>
+      <c r="C164" s="0" t="s">
+        <v>111</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>