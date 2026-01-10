--- v0 (2025-11-06)
+++ v1 (2026-01-10)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <si>
-    <t>หมายเลขผลิตภัณฑ์</t>
+    <t>Product No.</t>
   </si>
   <si>
     <t>ชื่อผลิตภัณฑ์</t>
   </si>
   <si>
     <t>เส้นทาง</t>
   </si>
   <si>
     <t>8426111104</t>
   </si>
   <si>
     <t>RRH06P</t>
   </si>
   <si>
     <t>Spare Parts/ Percussive Mechanism</t>
   </si>
   <si>
     <t>8426111109</t>
   </si>
   <si>
     <t>RRH08P</t>
   </si>
   <si>
     <t>8426111166</t>
   </si>
@@ -94,51 +94,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:C5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="17.9161071777344" customWidth="1"/>
+    <col min="1" max="1" width="12.3492660522461" customWidth="1"/>
     <col min="2" max="2" width="12.4314546585083" customWidth="1"/>
     <col min="3" max="3" width="32.5783348083496" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>5</v>
       </c>