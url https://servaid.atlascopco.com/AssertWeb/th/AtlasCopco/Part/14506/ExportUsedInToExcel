--- v0 (2025-12-17)
+++ v1 (2025-12-20)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="190" uniqueCount="190">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="228" uniqueCount="228">
   <si>
     <t>Product No.</t>
   </si>
   <si>
     <t>ชื่อผลิตภัณฑ์</t>
   </si>
   <si>
     <t>เส้นทาง</t>
   </si>
   <si>
     <t>8432513010</t>
   </si>
   <si>
     <t>QMX42-5RT</t>
   </si>
   <si>
     <t>Service Equipment/4230148000 Grease</t>
   </si>
   <si>
     <t>8433231919</t>
   </si>
   <si>
     <t>ETP-C S9-1200-1-A05</t>
   </si>
   <si>
@@ -451,50 +451,164 @@
     <t>QST62-350COT-T50-L152-H19</t>
   </si>
   <si>
     <t>8435607050</t>
   </si>
   <si>
     <t>QST62-350CTT-T50-L152-H19</t>
   </si>
   <si>
     <t>8435607060</t>
   </si>
   <si>
     <t>QST62-350COTT-T50-L152-H19</t>
   </si>
   <si>
     <t>8435607070</t>
   </si>
   <si>
     <t>QST62-350CTTA-T50-L152-H19</t>
   </si>
   <si>
     <t>8435607080</t>
   </si>
   <si>
     <t>QST62-350COATT-T50-L153-H19</t>
+  </si>
+  <si>
+    <t>8435622010</t>
+  </si>
+  <si>
+    <t>QST42-20MCT-T50-L134-H10</t>
+  </si>
+  <si>
+    <t>8435622020</t>
+  </si>
+  <si>
+    <t>QST42-20MCOT-T50-L134-H10</t>
+  </si>
+  <si>
+    <t>8435623010</t>
+  </si>
+  <si>
+    <t>QST42-50MCT-T50-L134-H13</t>
+  </si>
+  <si>
+    <t>8435623020</t>
+  </si>
+  <si>
+    <t>QST42-50MCOT-T50-L134-H13</t>
+  </si>
+  <si>
+    <t>8435624010</t>
+  </si>
+  <si>
+    <t>QST50-90MCT-T50-L137-H13</t>
+  </si>
+  <si>
+    <t>8435624020</t>
+  </si>
+  <si>
+    <t>QST50-90MCOT-T50-L137-H13</t>
+  </si>
+  <si>
+    <t>8435625010</t>
+  </si>
+  <si>
+    <t>QST50-150MCT-T50-L137-H13</t>
+  </si>
+  <si>
+    <t>8435625020</t>
+  </si>
+  <si>
+    <t>QST50-150MCOT-T50-L137-H13</t>
+  </si>
+  <si>
+    <t>8435626010</t>
+  </si>
+  <si>
+    <t>QST62-150MCT-T50-L152-H13</t>
+  </si>
+  <si>
+    <t>8435626020</t>
+  </si>
+  <si>
+    <t>QST62-150MCOT-T50-L152-H13</t>
+  </si>
+  <si>
+    <t>8435626510</t>
+  </si>
+  <si>
+    <t>QST62-230MCT-T50-L152-H19</t>
+  </si>
+  <si>
+    <t>8435626520</t>
+  </si>
+  <si>
+    <t>QST62-230MCOT-T50-L152-H19</t>
+  </si>
+  <si>
+    <t>8435627010</t>
+  </si>
+  <si>
+    <t>QST62-350MCT-T50-L152-H19</t>
+  </si>
+  <si>
+    <t>8435627020</t>
+  </si>
+  <si>
+    <t>QST62-350MCOT-T50-L152-H19</t>
+  </si>
+  <si>
+    <t>8435630003</t>
+  </si>
+  <si>
+    <t>QST42-35MCTV-P10</t>
+  </si>
+  <si>
+    <t>8435630005</t>
+  </si>
+  <si>
+    <t>QST42-70MCTV-P13</t>
+  </si>
+  <si>
+    <t>8435630007</t>
+  </si>
+  <si>
+    <t>QST50-170MCTV-P13</t>
+  </si>
+  <si>
+    <t>8435630012</t>
+  </si>
+  <si>
+    <t>QST62-350MCTV-H19</t>
+  </si>
+  <si>
+    <t>8435630014</t>
+  </si>
+  <si>
+    <t>QST62-600MCTV-H25</t>
   </si>
   <si>
     <t>9831407726</t>
   </si>
   <si>
     <t>QST42-30CTV-P10</t>
   </si>
   <si>
     <t>9831407727</t>
   </si>
   <si>
     <t>QST42-20CTV-P10</t>
   </si>
   <si>
     <t>9831407757</t>
   </si>
   <si>
     <t>QST42-20CTV-T25-H10</t>
   </si>
   <si>
     <t>9831407758</t>
   </si>
   <si>
     <t>QST42-30CTV-T25-H10</t>
   </si>
@@ -622,51 +736,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C95"/>
+  <dimension ref="A1:C114"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.3492660522461" customWidth="1"/>
     <col min="2" max="2" width="35.1656684875488" customWidth="1"/>
     <col min="3" max="3" width="36.1774826049805" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
@@ -1617,90 +1731,299 @@
         <v>175</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>176</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>177</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>178</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>179</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>38</v>
+        <v>180</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C95" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="B96" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="C96" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="B97" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="B98" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="B99" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="C99" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="B100" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="B101" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="B102" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="C102" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="B103" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C103" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="B104" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="C104" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="B105" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="C105" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="B106" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="C106" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="B107" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="C107" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="B108" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="C108" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="B109" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="C109" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="B110" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="C110" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="B111" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="C111" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="B112" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="C112" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="B113" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="C113" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="B114" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="C114" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>