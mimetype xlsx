--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -191,51 +191,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C59"/>
+  <dimension ref="A1:C39"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.3492660522461" customWidth="1"/>
     <col min="2" max="2" width="20.4427356719971" customWidth="1"/>
     <col min="3" max="3" width="35.3559608459473" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
@@ -479,401 +479,181 @@
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>40</v>
+        <v>6</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>41</v>
+        <v>7</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>44</v>
-      </c>
-[...218 lines deleted...]
-        <v>45</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>