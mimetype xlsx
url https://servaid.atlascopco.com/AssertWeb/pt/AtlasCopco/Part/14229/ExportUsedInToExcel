--- v0 (2025-12-22)
+++ v1 (2026-02-17)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="54">
   <si>
     <t>Produto nº</t>
   </si>
   <si>
     <t>Nome do produto</t>
   </si>
   <si>
     <t>Caminho</t>
   </si>
   <si>
     <t>8431036909</t>
   </si>
   <si>
     <t>EP8XS HRX10</t>
   </si>
   <si>
     <t>Ferramentas de serviço/4080079192 Test joint</t>
   </si>
   <si>
     <t>8431036920</t>
   </si>
   <si>
     <t>EP8XS SR10</t>
   </si>
   <si>
@@ -84,50 +84,56 @@
   <si>
     <t>8431037560</t>
   </si>
   <si>
     <t>EP8PTX70 HR10-RE</t>
   </si>
   <si>
     <t>8431037561</t>
   </si>
   <si>
     <t>EP 8PTX70 HR10-RE-S</t>
   </si>
   <si>
     <t>8431037562</t>
   </si>
   <si>
     <t>EP8PTX70 HR10-AT</t>
   </si>
   <si>
     <t>8431037567</t>
   </si>
   <si>
     <t>EP 8PTX70 HR-10-AT-S</t>
   </si>
   <si>
+    <t>8431038155</t>
+  </si>
+  <si>
+    <t>EP8PTI70 HR10-MT</t>
+  </si>
+  <si>
     <t>8431038160</t>
   </si>
   <si>
     <t>EP9PTI80 HR13-MT</t>
   </si>
   <si>
     <t>8431038165</t>
   </si>
   <si>
     <t>EP11PTI100 HR13-MT</t>
   </si>
   <si>
     <t>8431038265</t>
   </si>
   <si>
     <t>EP11PTI80 HR13-MT-L</t>
   </si>
   <si>
     <t>8433323030</t>
   </si>
   <si>
     <t>ETP TBP81-55-10</t>
   </si>
   <si>
     <t>8433323031</t>
@@ -154,124 +160,106 @@
     <t>ETP TBP91-80-13-BD</t>
   </si>
   <si>
     <t>8433323045</t>
   </si>
   <si>
     <t>ETP TBP-S91-80-13</t>
   </si>
   <si>
     <t>8433323060</t>
   </si>
   <si>
     <t>ETP TBP131-150-13</t>
   </si>
   <si>
     <t>8433323061</t>
   </si>
   <si>
     <t>ETP TBP131-150-13-BD</t>
   </si>
   <si>
     <t>8433323065</t>
   </si>
   <si>
     <t>ETP TBP-S131-150-13</t>
-  </si>
-[...4 lines deleted...]
-    <t>EP8PTI70 HR10-MT</t>
   </si>
   <si>
     <t>Peças de reposição/ Pulse
 unit</t>
   </si>
   <si>
     <t>Peças de reposição/ Pulse unit</t>
-  </si>
-[...10 lines deleted...]
-    <t>EP6PTX28 HR42-AT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C47"/>
+  <dimension ref="A1:C49"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.3492660522461" customWidth="1"/>
     <col min="2" max="2" width="21.6949672698975" customWidth="1"/>
     <col min="3" max="3" width="42.3680419921875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
@@ -614,170 +602,192 @@
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>55</v>
+        <v>19</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>19</v>
+        <v>35</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="C47" s="0" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="B48" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>