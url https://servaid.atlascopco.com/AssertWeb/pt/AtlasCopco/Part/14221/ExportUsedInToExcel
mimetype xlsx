--- v0 (2025-10-19)
+++ v1 (2025-12-15)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="64">
   <si>
-    <t>Product No.</t>
+    <t>Produto nº</t>
   </si>
   <si>
     <t>Nome do produto</t>
   </si>
   <si>
     <t>Caminho</t>
   </si>
   <si>
     <t>8431037210</t>
   </si>
   <si>
     <t>EP7XS HR42</t>
   </si>
   <si>
     <t>Ferramentas de serviço/4080078991 Test joint</t>
   </si>
   <si>
     <t>8431037212</t>
   </si>
   <si>
     <t>EP 7XS-HR42-D12/C</t>
   </si>
   <si>
     <t>8431037215</t>
   </si>
@@ -245,51 +245,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C81"/>
+  <dimension ref="A1:C53"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.3492660522461" customWidth="1"/>
     <col min="2" max="2" width="20.4427356719971" customWidth="1"/>
     <col min="3" max="3" width="42.3680419921875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
@@ -654,522 +654,214 @@
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>14</v>
+        <v>58</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>62</v>
-[...42 lines deleted...]
-      <c r="C57" s="0" t="s">
         <v>63</v>
-      </c>
-[...262 lines deleted...]
-        <v>62</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>