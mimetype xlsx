--- v1 (2025-12-15)
+++ v2 (2026-03-14)
@@ -245,51 +245,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C53"/>
+  <dimension ref="A1:C59"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.3492660522461" customWidth="1"/>
     <col min="2" max="2" width="20.4427356719971" customWidth="1"/>
     <col min="3" max="3" width="42.3680419921875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
@@ -839,29 +839,95 @@
         <v>63</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>63</v>
       </c>
     </row>
+    <row r="54">
+      <c r="A54" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="B54" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B55" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B56" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B57" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="B58" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="B59" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>63</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>