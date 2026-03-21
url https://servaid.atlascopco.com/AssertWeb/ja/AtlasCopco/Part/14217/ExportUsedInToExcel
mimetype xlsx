--- v0 (2025-12-08)
+++ v1 (2026-03-21)
@@ -125,51 +125,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C18"/>
+  <dimension ref="A1:C19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.3492660522461" customWidth="1"/>
     <col min="2" max="2" width="19.8902797698975" customWidth="1"/>
     <col min="3" max="3" width="34.6125373840332" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
@@ -334,29 +334,40 @@
         <v>22</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>22</v>
       </c>
     </row>
+    <row r="19">
+      <c r="A19" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>23</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>