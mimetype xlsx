--- v0 (2025-12-17)
+++ v1 (2026-03-14)
@@ -245,51 +245,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C53"/>
+  <dimension ref="A1:C59"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.3492660522461" customWidth="1"/>
     <col min="2" max="2" width="20.4427356719971" customWidth="1"/>
     <col min="3" max="3" width="34.891487121582" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
@@ -839,29 +839,95 @@
         <v>63</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>63</v>
       </c>
     </row>
+    <row r="54">
+      <c r="A54" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="B54" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B55" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B56" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B57" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="B58" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="B59" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>63</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>