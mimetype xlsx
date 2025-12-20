--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -4,155 +4,137 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
   <si>
     <t>Ref. č.</t>
   </si>
   <si>
+    <t>Množství</t>
+  </si>
+  <si>
     <t>Objednací č.</t>
   </si>
   <si>
-    <t>Množství</t>
-[...1 lines deleted...]
-  <si>
     <t>Popis</t>
   </si>
   <si>
-    <t>Poznámka</t>
-[...1 lines deleted...]
-  <si>
     <t>18</t>
   </si>
   <si>
+    <t>2</t>
+  </si>
+  <si>
     <t>0217110056</t>
   </si>
   <si>
     <t>Screw</t>
   </si>
   <si>
-    <t>Loctite 222.M3x12 8.8
-[...2 lines deleted...]
-  <si>
     <t>19</t>
   </si>
   <si>
+    <t>5</t>
+  </si>
+  <si>
     <t>0300027659</t>
   </si>
   <si>
     <t>Washer</t>
   </si>
   <si>
-    <t>3.2X6X0.5</t>
-[...1 lines deleted...]
-  <si>
     <t>20</t>
   </si>
   <si>
+    <t>3</t>
+  </si>
+  <si>
     <t>0217110063</t>
   </si>
   <si>
-    <t>Loctite 222.M3x20 8.8
-[...3 lines deleted...]
-    <t>21</t>
+    <t/>
+  </si>
+  <si>
+    <t>1</t>
   </si>
   <si>
     <t>Handle, right</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>22</t>
   </si>
   <si>
     <t>0217110051</t>
   </si>
   <si>
-    <t xml:space="preserve">M2x6 8.8 </t>
-[...1 lines deleted...]
-  <si>
     <t>23</t>
   </si>
   <si>
     <t>0217110023</t>
   </si>
   <si>
-    <t xml:space="preserve">M3x10 8.8 </t>
-[...4 lines deleted...]
-  <si>
     <t>Handle, left</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>4211503503</t>
   </si>
   <si>
     <t>Connector cover</t>
   </si>
   <si>
     <t xml:space="preserve">25              </t>
   </si>
   <si>
     <t>4211549990</t>
   </si>
   <si>
     <t>Conversion kit</t>
-  </si>
-[...2 lines deleted...]
-kit to new handle, incl.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>4211503501</t>
   </si>
   <si>
     <t>Connector housing</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -166,225 +148,195 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:E11"/>
+  <dimension ref="A1:D11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="1"/>
-    <col min="2" max="2" width="12.3492660522461" customWidth="1"/>
-    <col min="3" max="3" width="9.4192066192627" customWidth="1"/>
+    <col min="2" max="2" width="9.4192066192627" customWidth="1"/>
+    <col min="3" max="3" width="12.3492660522461" customWidth="1"/>
     <col min="4" max="4" width="17.9495258331299" customWidth="1"/>
-    <col min="5" max="5" width="21.2656230926514" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="7" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="0" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="B2" s="0" t="s">
         <v>5</v>
       </c>
-      <c r="B2" s="0" t="s">
+      <c r="C2" s="0" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>7</v>
       </c>
-      <c r="E2" s="0" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" s="0" t="s">
         <v>9</v>
       </c>
-      <c r="B3" s="0" t="s">
+      <c r="C3" s="0" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>11</v>
       </c>
-      <c r="E3" s="0" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" s="0" t="s">
         <v>13</v>
       </c>
-      <c r="B4" s="0" t="s">
+      <c r="C4" s="0" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>3</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>7</v>
       </c>
-      <c r="E4" s="0" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>15</v>
+      </c>
+      <c r="B5" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="C5" s="0" t="s">
+        <v>15</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="E5" s="0" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>2</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>7</v>
       </c>
-      <c r="E6" s="0" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>5</v>
+      </c>
+      <c r="C7" s="0" t="s">
+        <v>21</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>7</v>
       </c>
-      <c r="E7" s="0" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>15</v>
+      </c>
+      <c r="B8" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>15</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>16</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>24</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>16</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>27</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>16</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>30</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>